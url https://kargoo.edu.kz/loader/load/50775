--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -1,9426 +1,8694 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CD57AE" w:rsidRPr="00F23955" w:rsidRDefault="009312AE" w:rsidP="00CD57AE">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="14992" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="3459"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="914"/>
+        <w:gridCol w:w="1071"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="1843"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="009B687E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3601" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-шара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мақсатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орындалу уақыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2190" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00706E0C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>формасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00133ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауаптылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Есеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>формасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B687E" w:rsidRPr="00303F3C" w:rsidTr="009B687E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14992" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+          </w:tcPr>
+          <w:p w:rsidR="009B687E" w:rsidRPr="00303F3C" w:rsidRDefault="009B687E" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="2077"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00512CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ» бағдарламасы бойынша мәліметтер базасын жаңарту (психолог, әлеуметтік педагог, сынып жетекшілері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00706E0C" w:rsidP="00512CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-кағаздармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00512CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0-11сынып </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2190" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="009B687E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00133ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-психолог </w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік педагогтар, сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="009B687E" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00611F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПС </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-сынып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқушыларының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диагностикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқушыларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мектептегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мотивациясын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анық</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сауалнама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Н.Г.Лусканов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00512CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2. «Менің мектебім»проективті тесті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0048665C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қоңыраудасабақта  бақылау,</w:t>
+            </w:r>
+            <w:r w:rsidR="00706E0C" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00706E0C" w:rsidP="00512CEC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00706E0C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2190" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="009B687E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B687E" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00133ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="009B687E" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00611F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПС </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>буындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқытуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейімделу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-сыныптың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диагностикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мотивациясының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диагностикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мектептегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мазасыздану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тесті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Филлипс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сауалнама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="005761DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="009B687E" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ыркүйе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2190" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="009B687E" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1071" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="009B687E" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бақылаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автоматтандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жүйесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="1845"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00133ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мотивациясын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сауалнама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. (</w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сауалнама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="005761DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қыркүйек </w:t>
+            </w:r>
+            <w:r w:rsidR="009B687E" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–қазан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009B687E" w:rsidRPr="00303F3C" w:rsidRDefault="009B687E" w:rsidP="005761DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0099499D" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0099499D" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="3397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00133ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мектептегі психологиялық қызметтің қызметін ұйымдастыру» барлық сыныптарда бірыңғай ата-аналар жиналысы (балалардың жас ерекшеліктерімен танысу, әлеуметтену, психологиялық қызметтің жұмыс бағыттарымен және психолог жұмысының жалпы жоспарларымен таныстыру) 377 бұйрық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар жиналысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="005761DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек -қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0099499D" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>презентация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0099499D" w:rsidRPr="00303F3C" w:rsidRDefault="0099499D" w:rsidP="0099499D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диретордың тәрбие ісі жөніндегі орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidR="00C85B8C" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-психолог </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік педагогтар, сынып жетекшілері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="000B78E5" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық қызметтің жұмысы туралы ата-аналарды хабардар ету (келісімдерді жинау, бас тарту).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="000B78E5" w:rsidP="00133ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар жиналысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="005761DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек -қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Түсіндірме жұмыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Келісім/келіспеу парағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="1125"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00B63FD0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЕББҚО бар оқушылардың диагностикасы (ЕББҚО бар балаларды анықтау және қолдау)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00C85B8C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="1065"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="000B78E5" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суицидті вахтерлерін оқытуға арналған сағат (әкімшілік, мұғалімдер, мектеп қызметкерлері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп әкімшілігі, педагогтар,мектеп жұмысшылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="000B78E5" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B38BE" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>презентация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B38BE" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="006B38BE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диретордың тәрбие ісі жөніндегі орынбасары Педагог-психолог </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="000B78E5" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B38BE" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тіркеу парағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="1260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="000B78E5" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу мотивациясын арттыруға арналған сабақ бағдарламалары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="000B78E5" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(бейімделу нәтижелері бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-5-10 сынып </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Түзету дамыту сабақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="006B38BE" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B78E5" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="1470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазасыздық пен агрессивтілікті азайтуға арналған жаттығулар бағдарламалары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(бейімделу нәтижелері бойынша)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C16078">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C16078">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-5-10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>араша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C16078">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Түзету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сабақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C16078">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C16078">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бақылаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автоматтандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жүйесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="795"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00706E0C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазасыздық пен агрессивтілікті анықтау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00706E0C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(жылдам диагностика, Басс-Дарки сауалнамасы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="000B78E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0066250D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0066250D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>раша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0066250D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Түзету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сабақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0066250D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0066250D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бақылаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автоматтандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жүйесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C300C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылар арасында  аутодескрутивті мінез-құлықты  алдын алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6-7</w:t>
+            </w:r>
+            <w:r w:rsidR="00133ECB" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Презентация,таратпа материялдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="675"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C300C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Төзімділікті дамыту (soft skills жұмсақ дағдылар)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C300C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C300C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тренинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8-9 сыныаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Презентация,таратпа материялдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00610E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00610E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бақылаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автоматтандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жүйесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="00EF489D" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Психология онкүндігі».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Медиа сауаттылық бойынша іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00C300C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция,тренинг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылар,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="004B42A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналар,педагогтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00610E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="0015690B" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="00610E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бақылаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автоматтандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жүйесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="00610E3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мен және менің әлеуметтік ортам» Оқушылармен топтық түзету-дамыту жұмысы (мектепке бейімделу кезеңін өту)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушылармен сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-5-10 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазан-қараша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="005519BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="005519BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>психологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>кабинетінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіптік бағдар беру 9 сынып:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1) И.Вейсбандтың әлеуметтік тесті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2) Кейрси сауалнамасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3) Сюзан Деллингердің психогеометриялық тесті</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4) Дифференциалды диагностикалық сауалнама (ДҚ) Е.А.Климова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="0015690B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаңтар-июнь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="00725E72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>анализ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="00736C86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00725E72" w:rsidRPr="00303F3C" w:rsidRDefault="00725E72" w:rsidP="00736C86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бақылаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автоматтандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жүйесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="992"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="0015690B" w:rsidP="005519BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Тәуекел тобының» балаларының жеке ерекшеліктерін зерттеу тіркелген КТБТ,ІМБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00133ECB" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жыл бойы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00EF489D" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">хаттама </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF489D" w:rsidRPr="00303F3C" w:rsidRDefault="00EF489D" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133ECB" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аутодеструктивті мінез-құлыққа бейім «тәуекел тобының» оқушылармен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушылармен сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6-7 сыныптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="0065791E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="005519BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушыларды бақылау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="005519BF" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бақылау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="005519BF" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00704A34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылардың интеллектуалдық деңгейінің дамуын зерттеу.(Э.Ф.Замбацявичене)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00704A34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00704A34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00704A34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз-сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00704A34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00704A34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00704A34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ерекше білім беру қажеттіліктері бар студенттермен жұмыс жасау </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бойынша педагогикалық кеңес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кеңес беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психологиялық-педагогикалық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00141E4A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылардың орта білім беруге көшуіне қолдау көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бақылау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00141E4A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Балаңызға емтиханға дайындалуға қалай көмектесуге болады»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс парақтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-11сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00141E4A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылардың орта білім беруге көшу кезінде бейімделуінің бұзылуының алдын алу бойынша сабақ бағдарламасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00303F3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00141E4A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Эмоционалды шаршаудың алдын алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>анализ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жас мамандар,педагогтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="390"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00141E4A" w:rsidP="00303F3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психодиагностика нәтижелері бойынша психологиялық-педагогикалық кеңес беру</w:t>
+            </w:r>
+            <w:r w:rsidR="00303F3C" w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кеңес беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтар, ата-аналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық қамтамасыз ету мәселелері бойынша директормен, педагогикалық кеңестерде отырыстарға қатысу және сөз сөйле</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сөз сөйлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кеңес беру, тәрбиелік, түзетушілік іс-шараларға арналған әдістемелік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>материалдарды әзірлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оқушылармен сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0-11 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00141E4A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Психологиялық-педагогикалық бақылаудың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:trPr>
+          <w:trHeight w:val="528"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00EF489D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектепке даярлығын тексеру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00C00225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0 сыныптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хаттама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidTr="00303F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3459" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00343180">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қалалық семинарларға, тренингтерге қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="003C4935">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психологтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00343180" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл бойы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00AA276A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00133ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA276A" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00190FA1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303F3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық бақылаудың автоматтандырылған жүйесі «АСППМ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00771A0D" w:rsidRPr="00303F3C" w:rsidRDefault="00771A0D" w:rsidP="00512CEC">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...3 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...265 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD57AE" w:rsidRDefault="00CD57AE" w:rsidP="00CD57AE">
+    <w:p w:rsidR="00512CEC" w:rsidRPr="00303F3C" w:rsidRDefault="00512CEC" w:rsidP="00512CEC">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE14C1" w:rsidRPr="004D3007" w:rsidRDefault="00EE14C1" w:rsidP="00CD57AE">
+    <w:p w:rsidR="00512CEC" w:rsidRPr="00303F3C" w:rsidRDefault="002D6948" w:rsidP="00512CEC">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D6948" w:rsidRPr="00303F3C" w:rsidRDefault="002D6948" w:rsidP="00512CEC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD57AE" w:rsidRPr="004D3007" w:rsidRDefault="00CD57AE" w:rsidP="00CD57AE">
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="002D6948" w:rsidP="00512CEC">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00303F3C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00512CEC" w:rsidRPr="00303F3C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">Педагог-психолог:                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> учебный год.</w:t>
+        <w:t>Төлеукенова С.М</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD57AE" w:rsidRDefault="00CD57AE" w:rsidP="00CD57AE">
+    <w:p w:rsidR="00611F4E" w:rsidRPr="00303F3C" w:rsidRDefault="00611F4E" w:rsidP="0085086B">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...727 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00053CEE" w:rsidRDefault="00053CEE" w:rsidP="000164A2">
+    <w:p w:rsidR="00611F4E" w:rsidRPr="00303F3C" w:rsidRDefault="00611F4E" w:rsidP="0085086B">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00053CEE" w:rsidRDefault="00053CEE" w:rsidP="000164A2">
+    <w:p w:rsidR="00611F4E" w:rsidRPr="00303F3C" w:rsidRDefault="00611F4E" w:rsidP="00343180">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00053CEE" w:rsidRDefault="00053CEE" w:rsidP="000164A2">
+    <w:p w:rsidR="00303F3C" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00343180">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00053CEE" w:rsidRDefault="00053CEE" w:rsidP="000164A2">
+    <w:p w:rsidR="00303F3C" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00343180">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00053CEE" w:rsidRDefault="00053CEE" w:rsidP="000164A2">
+    <w:p w:rsidR="00303F3C" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00343180">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00053CEE" w:rsidRDefault="00053CEE" w:rsidP="000164A2">
+    <w:p w:rsidR="00303F3C" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00343180">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00053CEE" w:rsidRPr="00053CEE" w:rsidRDefault="00053CEE" w:rsidP="000164A2">
+    <w:p w:rsidR="00303F3C" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00343180">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE14C1" w:rsidRDefault="00EE14C1" w:rsidP="000164A2">
+    <w:p w:rsidR="00303F3C" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00343180">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD57AE" w:rsidRDefault="005A27B3" w:rsidP="000164A2">
+    <w:p w:rsidR="00D74820" w:rsidRDefault="00D74820" w:rsidP="00303F3C">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00303F3C" w:rsidRPr="00303F3C" w:rsidRDefault="00303F3C" w:rsidP="00303F3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E555B0">
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="0085086B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F54633">
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>аботы педагога-психолога на 202</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Бекітемін»</w:t>
       </w:r>
-      <w:r w:rsidR="00F54633" w:rsidRPr="001B2DFE">
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="0085086B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№5 қосымша білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="0085086B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орталыгының директоры </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="0085086B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00D74820" w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>_______ Нұрмагамбетова Т.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="00BA1C2C" w:rsidP="0085086B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«____» </w:t>
+      </w:r>
+      <w:r w:rsidR="002832C8" w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қыркүйек </w:t>
+      </w:r>
+      <w:r w:rsidR="002832C8" w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="0085086B" w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="0085086B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="0085086B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F54633">
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>-202</w:t>
+        <w:t>№5</w:t>
       </w:r>
-      <w:r w:rsidR="00F54633" w:rsidRPr="001B2DFE">
+      <w:r w:rsidRPr="00303F3C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>қосымша білім беру орталыгының</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E555B0">
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="00BA1C2C" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологиялық қызметінің  2023-2024</w:t>
+      </w:r>
+      <w:r w:rsidR="0085086B" w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылына арналған жұмысының жылдық  жоспары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000164A2" w:rsidRPr="00165340" w:rsidRDefault="000164A2" w:rsidP="000164A2">
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
       <w:pPr>
-        <w:pStyle w:val="1"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...7534 lines deleted...]
-    <w:p w:rsidR="00637F22" w:rsidRDefault="00637F22" w:rsidP="00E80A44">
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Психологиялық қызметтің мақсаты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Белгілі бір мектеп жағдайында әрбір баланың табысты оқуы мен дамуына ықпал ететін әлеуметтік-психологиялық жағдайларды жасау. Оқушылардың психологиялық денсаулығын сақтау, мектепте қолайлы әлеуметтік-психологиялық климат құру, оқу-тәрбие процесіне қатысушыларға психологиялық қолдау көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435895" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру ұйымдарында білім алушылардың психологиялық денсаулығын сақтау, қолайлы әлеуметтік – психологиялық жағдай жасау және білім беру  үдерісіне қатысушыларға психологиялық қолдау көрсету. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085086B" w:rsidRPr="00303F3C" w:rsidRDefault="0085086B" w:rsidP="00435895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Психологиялық қызметтік міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Білім беру процесінің барлық қатысушыларына психологиялық-педагогикалық қолдау көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. 1 және 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сынып оқушыларының оқуға психологиялық бейімделуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. 9-</w:t>
+      </w:r>
+      <w:r w:rsidR="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11 сынып оқушыларының кәсіби өзін-өзі анықтауына психологиялық қолдау көрсету (ASPPM бағдарламасы арқылы кәсіптік бағдар беру сауалнамасы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Оқу және қарым-қатынаста қиындықтары бар балалар мен жасөспірімдерді анықтау және оларға психологиялық көмек көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Оқушылардың асоциалды, аутодеструктивті, деликвентті мінез-құлық көріністерінің алдын алу және түзету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Балалардың психологиялық денсаулығының деңгейін арттыру мақсатында психопрофилактикалық және коррекциялық-дамыту сабақтарын өткізу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- тұлға дамуының әрбір жас кезеңінде оқушылардың жеке және интеллектуалдық дамуына ықпал ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- студенттерге олардың қабілеттеріне, бейімділігіне, қызығушылықтарына және денсаулық жағдайына байланысты мүмкіндіктерін анықтауға көмектесу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- өзін-өзі анықтау және өзін-өзі дамыту қабілеттерін қалыптастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7. Кәмелетке толмағандардың аутодеструктивті және қоғамға жат мінез-құлықтарының алдын алу бағдарламасы бойынша мұғалімдерге кәсіби шаршаудың алдын алу бойынша тренингтер, «вахташыларды» даярлау бойынша сабақтар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74820" w:rsidRPr="00303F3C" w:rsidRDefault="00D74820" w:rsidP="00D74820">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00303F3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Ата-аналармен жұмыс (сұраулар, жиналыстар, кеңестер, білім беру).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005978FF" w:rsidRPr="00303F3C" w:rsidRDefault="005978FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A22BA" w:rsidRPr="005E4BE0" w:rsidRDefault="00A15241" w:rsidP="00E80A44">
-[...41 lines deleted...]
-    <w:sectPr w:rsidR="002A22BA" w:rsidRPr="005E4BE0" w:rsidSect="000164A2">
+    <w:sectPr w:rsidR="005978FF" w:rsidRPr="00303F3C" w:rsidSect="00512CEC">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00EA6663" w:rsidRDefault="00EA6663" w:rsidP="000B78E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00EA6663" w:rsidRDefault="00EA6663" w:rsidP="000B78E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00EA6663" w:rsidRDefault="00EA6663" w:rsidP="000B78E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00EA6663" w:rsidRDefault="00EA6663" w:rsidP="000B78E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="01716A9B"/>
+    <w:nsid w:val="007245D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D6B68ACA"/>
-    <w:lvl w:ilvl="0" w:tplc="125E179A">
+    <w:tmpl w:val="1696BFC4"/>
+    <w:lvl w:ilvl="0" w:tplc="4274D334">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="•"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...139 lines deleted...]
-        <w:ind w:left="750" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1470" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2190" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2910" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3630" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4350" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5070" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5790" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6510" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="091F220B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73F029AE"/>
+    <w:lvl w:ilvl="0" w:tplc="F44EE450">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="099A165A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3960A7DC"/>
+    <w:lvl w:ilvl="0" w:tplc="F44EE450">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0C3A5058"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1FA6791C"/>
+    <w:lvl w:ilvl="0" w:tplc="F44EE450">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="5E3F4FCA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4CE4FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="CEF65D46">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000164A2"/>
-[...133 lines deleted...]
-    <w:rsid w:val="00FF2E78"/>
+    <w:rsidRoot w:val="00F74187"/>
+    <w:rsid w:val="00005B8D"/>
+    <w:rsid w:val="00055622"/>
+    <w:rsid w:val="00090AD1"/>
+    <w:rsid w:val="000B78E5"/>
+    <w:rsid w:val="000C3881"/>
+    <w:rsid w:val="00133ECB"/>
+    <w:rsid w:val="001415CD"/>
+    <w:rsid w:val="00141E4A"/>
+    <w:rsid w:val="0015690B"/>
+    <w:rsid w:val="001C7567"/>
+    <w:rsid w:val="00265BB1"/>
+    <w:rsid w:val="002832C8"/>
+    <w:rsid w:val="002D6948"/>
+    <w:rsid w:val="00303F3C"/>
+    <w:rsid w:val="00313067"/>
+    <w:rsid w:val="0033037D"/>
+    <w:rsid w:val="00343180"/>
+    <w:rsid w:val="003A1A99"/>
+    <w:rsid w:val="003C4935"/>
+    <w:rsid w:val="003C6B68"/>
+    <w:rsid w:val="00435895"/>
+    <w:rsid w:val="0048665C"/>
+    <w:rsid w:val="004A25EA"/>
+    <w:rsid w:val="004B42A5"/>
+    <w:rsid w:val="00512CEC"/>
+    <w:rsid w:val="005519BF"/>
+    <w:rsid w:val="00570455"/>
+    <w:rsid w:val="005761DB"/>
+    <w:rsid w:val="005978FF"/>
+    <w:rsid w:val="00611F4E"/>
+    <w:rsid w:val="00685BB5"/>
+    <w:rsid w:val="006B38BE"/>
+    <w:rsid w:val="006D4ED3"/>
+    <w:rsid w:val="00706E0C"/>
+    <w:rsid w:val="00725E72"/>
+    <w:rsid w:val="00771A0D"/>
+    <w:rsid w:val="00805B85"/>
+    <w:rsid w:val="0085086B"/>
+    <w:rsid w:val="008B42FC"/>
+    <w:rsid w:val="008F2C70"/>
+    <w:rsid w:val="00904EEE"/>
+    <w:rsid w:val="0099499D"/>
+    <w:rsid w:val="009A6271"/>
+    <w:rsid w:val="009A6FFD"/>
+    <w:rsid w:val="009B687E"/>
+    <w:rsid w:val="009C5BDE"/>
+    <w:rsid w:val="00A02429"/>
+    <w:rsid w:val="00A51C36"/>
+    <w:rsid w:val="00A81332"/>
+    <w:rsid w:val="00AA276A"/>
+    <w:rsid w:val="00B52692"/>
+    <w:rsid w:val="00B63FD0"/>
+    <w:rsid w:val="00BA1C2C"/>
+    <w:rsid w:val="00C00225"/>
+    <w:rsid w:val="00C05933"/>
+    <w:rsid w:val="00C300C4"/>
+    <w:rsid w:val="00C41C66"/>
+    <w:rsid w:val="00C85B8C"/>
+    <w:rsid w:val="00D74820"/>
+    <w:rsid w:val="00D93FE0"/>
+    <w:rsid w:val="00DF475B"/>
+    <w:rsid w:val="00E0084F"/>
+    <w:rsid w:val="00EA6663"/>
+    <w:rsid w:val="00EF489D"/>
+    <w:rsid w:val="00F04481"/>
+    <w:rsid w:val="00F74187"/>
+    <w:rsid w:val="00FE180C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9563,139 +8831,202 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002A22BA"/>
+    <w:rsid w:val="00512CEC"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="000164A2"/>
+    <w:rsid w:val="00512CEC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00570455"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00570455"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00225D31"/>
+    <w:rsid w:val="00A02429"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B78E5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B78E5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B78E5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B78E5"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -9802,156 +9133,322 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00512CEC"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00512CEC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00570455"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00570455"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A02429"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B78E5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B78E5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B78E5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B78E5"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="902133720">
+    <w:div w:id="72942032">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...48 lines deleted...]
-      </w:divsChild>
+    </w:div>
+    <w:div w:id="423185866">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="507208245">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="902252245">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1018237648">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1286887886">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1701199556">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1857113528">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2044134843">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9985,84 +9482,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -10202,79 +9701,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E094774F-F713-45A6-B9A7-A90EEC61F87F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3F4464-298F-4013-AF83-E1817638581C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>6924</Characters>
+  <Pages>1</Pages>
+  <Words>1410</Words>
+  <Characters>8037</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8122</CharactersWithSpaces>
+  <CharactersWithSpaces>9429</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Psiholig</dc:creator>
+  <dc:subject/>
+  <dc:creator>Админ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>