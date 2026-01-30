--- v0 (2025-12-09)
+++ v1 (2026-01-30)
@@ -1,3310 +1,3082 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="1C413E15" w14:textId="7F5BB33F" w:rsidR="00FB44BC" w:rsidRDefault="00FB44BC" w:rsidP="00D70C9F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="06BF151F" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk198546124"/>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9A07F9" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды қаласы білім бөлімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F30C0C3" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Кәусар» Оқушылар Сарайы» Коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5FC27E" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3564194C" w14:textId="13F62561" w:rsidR="00DC2854" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00283F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орналасқан жері(мекен-жайы):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1000</w:t>
+      </w:r>
+      <w:r w:rsidR="00655FD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан ауданы, Метод</w:t>
+      </w:r>
+      <w:r w:rsidR="00953B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ческая көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B54AD1" w14:textId="6009B748" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00DC2854" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14476" w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елефон</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 8(7212)21-52-99,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14476" w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +7 (705)301-93-33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2604151C" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05AA9D34" w14:textId="0EA896C3" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Учреждение «Д</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Лауазымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74AC5CD3" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0AC5544E" w14:textId="57A4E0C8" w:rsidR="00D14476" w:rsidRPr="00655FD4" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655FD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰҚАРАЛЫҚ БӨЛІМ МЕҢГЕРУШІСІ (2 СТ.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B503A10" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00655FD4" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50B555AE" w14:textId="4F6B7CD8" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Кәусар</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A15BAF" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...34 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C9762CE" w14:textId="77777777" w:rsidR="004733D7" w:rsidRDefault="004733D7" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...50 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004733D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұқаралық іс-шараларды, ұжымдық және ойын байланысын өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2FB36B" w14:textId="77777777" w:rsidR="0052149E" w:rsidRDefault="0052149E" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052149E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарында қойылымдар ұйымдастырады, ойын-сауық кештерін және басқа да бос уақытты өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EEFEE5" w14:textId="3F5D0904" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың ұжымдық бос уақытының сценарийлерін, тақырыптық бағдарламаларын, ойын нысандарын әзірлеуге және жасауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2B1C87" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткізілетін іс-шараларды көркемдік безендіруге, музыкалық сүйемелдеуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F23471" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дарынды және талантты білім алушыларды, оның ішінде даму мүмкіндігі шектеулі балаларды қолдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D2C53D" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылардың, тәрбиеленушілердің мәдени-бұқаралық іс-шараларға қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E5AE78" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау жөніндегі қағидалардың сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A630E6F" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу процесі кезінде балалардың өмірі мен денсаулығын қорғау үшін жағдай жасауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152D6DD3" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіби біліктілігін арттырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADB05A8" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналарға және оларды алмастыратын адамдарға, сондай-ақ педагогтарға консультациялық көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411D9D5B" w14:textId="3862334E" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік кеңестердің, бірлестіктердің, семинарлардың, конференциялардың, педагогикалық қауымдастықтардың қызметіне қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A570D94" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79E7615A" w14:textId="68B0C33A" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білуі керек: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603E6774" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FBBC1FD" w14:textId="25734C90" w:rsidR="00D70C9F" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Конституциясын, Қазақстан Республикасының Еңбек кодексін, </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы Баланың құқықтары туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сыбайлас жемқорлыққа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қарсы іс-қимыл туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы тілдер туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Заңдарын және білім беру мәселелері жөніндегі өзге де нормативтік құқықтық актілерді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E996F2C" w14:textId="7D271774" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогика, психология негіздері; педагогикалық этика нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145C0E15" w14:textId="77777777" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру және мәдени-ағарту жұмысы мәселелері бойынша жоғары тұрған органдардың басшылық құжаттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C860A76" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өнер тарихы мен теориясының негіздері; ойындар мен ойын-сауықтардың пайда болуы мен тарихы, олардың әлеуметтік-психологиялық және педагогикалық функциялары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0180976E" w14:textId="689162BE" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудиторияны жандандыру, адамдарды ұжымдық ойын қарым-қатынасына тарту тәсілдері; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B631234" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаппай ойын-сауық іс-шараларының драмалық құрылысы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5843E8E0" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалар санатына арналған ойын репертуары, ойын репертуары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69304DD7" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мәдени ұйымдастырушылардың инновациялық жұмыс тәжірибесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F44914E" w14:textId="56DA5583" w:rsidR="00D14476" w:rsidRDefault="00D14476" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D14476">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экономика негіздері, еңбек қауіпсіздігі және еңбекті қорғау ережелері, санитарлық ережелер мен нормалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110F5CF5" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08EE9633" w14:textId="0A41E2A4" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA05C43" w14:textId="5513AFBF" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4A0DB9" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D14476" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19702B2C" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілікке қойылатын талаптар: жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе техникалық және кәсіптік білім немесе педагогикалық қайта даярлауды растайтын құжат, жұмыс өтіліне талаптар қойылмайды; және (немесе) біліктіліктің жоғары деңгейі болған кезде педагог-шебер үшін мамандық бойынша жұмыс өтілі – 5 жыл; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AE9BDD" w14:textId="06FD5C29" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>және (немесе) біліктіліктің орта немесе жоғары деңгейі болған кезде: педагог-модератор үшін кемінде 3 жыл, педагог-сарапшы үшін кемінде 4 жыл, педагог – зерттеуші үшін кемінде 5 жыл мамандығы бойынша жұмыс өтілі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C53E60" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25581B58" w14:textId="401DC7B9" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57C1BA18" w14:textId="45293269" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіби құзыреттерді айқындай отырып біліктілікке қойылатын талаптар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587FC2D4" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24FE26F4" w14:textId="1F2FA226" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-модератор</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын жалпы талаптарға, сондай-ақ: балалармен мәдени-бұқаралық жұмыстың ұйымдастырушылық нысандарын пайдалану; тәрбие процесінде оң нәтижелерді қамтамасыз ету; әдістемелік бірлестіктердің жұмысына қатысу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5183EC5B" w14:textId="2789FB54" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-модератор</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын талаптарға, сондай-ақ: тәрбие жұмысын талдау әдістемелерін, балалармен мәдени-бұқаралық жұмыстың ұйымдастырушылық нысандарын пайдалану; оларға сараланған көзқарасты ескере отырып, балалар мен жасөспірімдерді тәрбиелеу әдістемесін өз бетінше әзірлеу; жұмыста озық педагогикалық тәжірибені пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1A3B96" w14:textId="62B5CBE8" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын талаптарға, сондай-ақ: эксперименттік жұмыс әдістерін қолданыңыз; жаңа педагогикалық технологияларды, мақсатты бағдарламаларды әзірлеу; оларды апробациялау бойынша жұмыс жүргізу; білім беру саласындағы өзекті мәселелерді әзірлеу бойынша шығармашылық топтарға жетекшілік ету; өз жұмысында озық педагогикалық тәжірибені және оқыту мен тәрбиелеудің инновациялық технологияларын пайдалану; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C2ACD6" w14:textId="15C57D00" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>педагог-шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын талаптарға, сондай-ақ: эксперименттік жұмыс әдістерін қолданыңыз; жаңа педагогикалық технологияларды, мақсатты бағдарламаларды әзірлеу; оларды апробациялау бойынша жұмыс жүргізу; шығармашылық топтарға жетекшілік ету; облыстық оқу-әдістемелік кеңес пен РУМС мақұлдаған әдістемелік материалдардың болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C114736" w14:textId="7DE5B93B" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71000BBC" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C9EE471" w14:textId="29CF1C84" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін кандидат комиссияға қолма қол ұсынуы қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0985B91E" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36AE93D3" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға ниет білдірген адам хабарландыруда көрсетілген құжаттарды қабылдау мерзімінде мынадай құжаттарды электрондық немесе қағаз түрінде жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6269D826" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1)Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтінішті (ұйымның кеңсесі бере алады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1196031F" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2)жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43028385" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке парақ (нақты тұрғылықты мекен-жайы және байланыс телефондары көрсетілген-Бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527C5530" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DD0468" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5)еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FEC7D2" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6) міндетін атқарушының бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3444AC6A" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49973247" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4870AA7B" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9) сертификаттаудан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2548FE9C" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5C7CE9" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>11) кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480 өтілі жоқ бейнепрезентация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0330F979" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кандидат болған жағдайда оның біліміне, жұмыс тәжірибесіне, кәсіби деңгейіне қатысты қосымша ақпаратты (біліктілігін арттыру, ғылыми/академиялық дәрежелер мен атақтар беру, ғылыми немесе әдістемелік Жарияланымдар, біліктілік санаттары туралы құжаттардың көшірмелері, алдыңғы жұмыс орнының басшылығынан ұсынымдар) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DF5022" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 118-тармағында көрсетілген құжаттардың біреуінің болмауы құжаттарды кандидатқа қайтару үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A11CC2B" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17D277B7" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ұйым кандидаттың құжаттарын қабылдағаннан кейін үш жұмыс күні ішінде Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есеп комитетінің Ақпараттық қызметі арқылы коррупциялық қылмыс және/немесе қылмыстық құқық бұзушылық жасау жөнінде мәліметтердің бар-жоғын тексеру үшін құзыретті органға немесе оның аумақтық бөлімшелеріне сұрау жолдайды, сондай-ақ педагог мәртебесі туралы заңнаманың бұзылуы туралы ақпаратты білім сапасын қамтамасыз ету департаментіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0047539E" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5F8759" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық және/немесе педагог мәртебесі туралы заңнама жасалғаны туралы мәліметтер анықталған кезде педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD84EF5" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4759C4E6" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Комиссия құжаттарды қабылдау аяқталған күннен кейін бес жұмыс күні ішінде кандидаттардың құжаттарының педагогтердің үлгілік біліктілік талаптарымен бекітілген Біліктілік талаптарына сәйкестігін қарауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E398B9" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкестігіне кандидаттардың құжаттарын қарау нәтижелері бойынша конкурстық комиссия Қағидаларға 11-қосымшаға сәйкес бағалау парағында кандидат көрсеткен балдарды есептеуді жүзеге асырады (ұйымның кеңсесі бере алады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B66E400" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Конкурс қорытындысы бойынша шешімді конкурстық комиссия жинаған балдары негізінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054591F8" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ең көп балл жинаған үміткер конкурстан өткен болып есептеледі және мемлекеттік білім беру ұйымының бірінші басшысына тағайындауға ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FD92E3" w14:textId="00A4E596" w:rsidR="00D70C9F" w:rsidRPr="00042D3F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кандидаттарда балдар саны тең болған кезде конкурстық комиссия әңгімелесу өткізу туралы шешім қабылдайды, оның нәтижелері бойынша тағайындауға кандидат айқындалады. Сұхбаттасу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы» КММ-де өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51086E67" w14:textId="77777777" w:rsidR="00042D3F" w:rsidRPr="00D70C9F" w:rsidRDefault="00042D3F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F8E65C" w14:textId="4B804720" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс нәтижелері білім беру ұйымының Интернет-ресурсында, конкурстық комиссияның қорытынды отырысы өткізілетін күні ұйымның әлеуметтік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>желілерінің ресми аккаунттарында жарияланады.Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген және конкурстық комиссияның оң қорытындысын алған біліктілік талаптарына сәйкес келетін кандидатпен білім беру ұйымының басшысы еңбек шартын жасасады және жұмысқа қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13357689" w14:textId="77777777" w:rsidR="00042D3F" w:rsidRPr="00D70C9F" w:rsidRDefault="00042D3F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="053E0109" w14:textId="77777777" w:rsidR="007E0065" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы» коммуналдық мемлекеттік мекемесі, 100001, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан атындағы аудан, әдістемелік көшесі, 63-бет, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71AA0D5E" w14:textId="58606636" w:rsidR="00D70C9F" w:rsidRPr="00042D3F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0065">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>: 8(7212) 21-52-99,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00042D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + 7(705)301-93-33 мекенжайы бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD5CC96" w14:textId="7EE23673" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00042D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474FC659" w14:textId="77777777" w:rsidR="00042D3F" w:rsidRDefault="00042D3F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A46C64" w14:textId="77777777" w:rsidR="00A7060B" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кандидаттардың құжаттарын қабылдау сағат 09.00-ден 18.00-ге дейін түскі үзіліспен сағат 13.00-ден 14.00-ге дейін, Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы»  КММ кеңсесі арқылы жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7060B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CFC6F6" w14:textId="1AECCDEB" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2862 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    </w:p>
+    <w:p w14:paraId="75108FEC" w14:textId="357CA6DB" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдаудың басталу күні мен уақыты: </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3852">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="007E0065">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00177C7C">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.2025 ж. 09.00 сағат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176E58A8" w14:textId="20CF57BF" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдаудың аяқталу күні мен уақыты: </w:t>
+      </w:r>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00BA3852">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="007E0065">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00177C7C">
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="009220E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r>
-[...119 lines deleted...]
-    <w:sectPr w:rsidR="00FB44BC" w:rsidRPr="00FB44BC">
+      <w:r w:rsidRPr="00D70C9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.2025 ж. 18.00 сағ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4BEBAF" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A1691B" w14:textId="3EF0DDF8" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398053D4" w14:textId="0B1CB29A" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66FC7577" w14:textId="7E3346EB" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1034ACC5" w14:textId="4FD4BDBC" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F7FA9AB" w14:textId="4F9CCCD4" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D6AB456" w14:textId="1195207C" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210BF556" w14:textId="62CFB83C" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DBC763" w14:textId="6B7D08E3" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36CAEA32" w14:textId="21875236" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F69B77C" w14:textId="75B0F007" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF53089" w14:textId="1C53B224" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E5D5A9" w14:textId="79429247" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09F29E7D" w14:textId="3BB6DC14" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7125CDB8" w14:textId="5251FF9B" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC7CF93" w14:textId="42731451" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53DF4011" w14:textId="36A9A172" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A36104" w14:textId="2ACD9EB0" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1755EB94" w14:textId="563B42DD" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D70C9F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3796,65 +3568,67 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA11E4"/>
     <w:rsid w:val="00042D3F"/>
-    <w:rsid w:val="00137245"/>
-    <w:rsid w:val="00177C7C"/>
+    <w:rsid w:val="00283F54"/>
     <w:rsid w:val="004733D7"/>
     <w:rsid w:val="0052149E"/>
-    <w:rsid w:val="00543C5C"/>
+    <w:rsid w:val="005F1010"/>
     <w:rsid w:val="00655FD4"/>
+    <w:rsid w:val="006A2CDE"/>
+    <w:rsid w:val="007E0065"/>
     <w:rsid w:val="00821FC0"/>
+    <w:rsid w:val="009220E3"/>
     <w:rsid w:val="00953B75"/>
+    <w:rsid w:val="00A7060B"/>
     <w:rsid w:val="00A904CA"/>
-    <w:rsid w:val="00BA3852"/>
     <w:rsid w:val="00D044BE"/>
     <w:rsid w:val="00D14476"/>
     <w:rsid w:val="00D70C9F"/>
     <w:rsid w:val="00DA11E4"/>
-    <w:rsid w:val="00F4486F"/>
+    <w:rsid w:val="00DC2854"/>
     <w:rsid w:val="00FB44BC"/>
     <w:rsid w:val="00FE2EA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -5183,69 +4957,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1630</Words>
-  <Characters>9293</Characters>
+  <Words>1420</Words>
+  <Characters>8096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10902</CharactersWithSpaces>
+  <CharactersWithSpaces>9498</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>15</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>