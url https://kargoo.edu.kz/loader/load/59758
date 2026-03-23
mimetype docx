--- v0 (2026-01-22)
+++ v1 (2026-03-23)
@@ -1,2737 +1,2294 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0558EC60" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F72AD4" w:rsidRDefault="00250D1E" w:rsidP="00250D1E">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="175B1587" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72AD4">
+        <w:t>Учреждение «Д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ворец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F4A103" w14:textId="77777777" w:rsidR="00E0481F" w:rsidRPr="00E0481F" w:rsidRDefault="00465C38" w:rsidP="00E0481F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Местонахождение(адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>): 1000</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">блысы </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>б</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Әлихана Бөкейхана</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ілім </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Методическая, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стр.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>б</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">асқармасының  </w:t>
-[...9 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD1DBEA" w14:textId="77777777" w:rsidR="00E0481F" w:rsidRPr="00E0481F" w:rsidRDefault="00E0481F" w:rsidP="00E0481F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефон: 8(7212) 21-52-99, +7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...290 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0481F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B38D56E" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C76EF59" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C91348" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАМЕСТИТЕЛЬ ДИРЕКТОРА ПО УЧЕБНО-ВОСПИТАТЕЛЬНОЙ РАБОТЕ (1 ст.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F58501" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FC34A7" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007CDAD7" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует текущее и перспективное планирование деятельности педагогического коллектива;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E41A5C" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>координирует работу педагогов по выполнению типовых учебных планов и образовательных программ, а также разработку учебно-методической документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D4145D" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет контроль за качеством образовательного процесса и объективностью оценки результатов обучения обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381E0A07" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказывает помощь педагогам в освоении и разработке инновационных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73738B00" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводит работу по организации и проведению мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A884C0" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает условия обучающимся, воспитанникам и работникам, принимает меры по сохранению контингента обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F97612" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует просветительскую работу среди родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E334C7B" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>составляет расписание учебных занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2109F083" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает своевременное составление установленной отчетной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155CA5AA" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вносит предложения по совершенствованию образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4C1698" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вносит предложения по оснащению учебных кабинетов, аудиторий современным оборудованием, наглядными пособиями и техническими </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>средствами обучения, пополнению библиотеки учебно-методической и художественной литературой, периодическими изданиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680B82A8" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает подготовку и представление отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA06523" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создает условия для дополнительного образования детей с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5054BE17" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0D520B" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40115A18" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BA2C59" w14:textId="0DD401F3" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституцию Республики Казахстан, Трудовой кодекс Республики Казахстан, законы Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об образовании</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О статусе педагога</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О противодействии коррупции</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О языках в Республике Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иные нормативные правовые акты, определяющие направления и перспективы развития дополнительного образования детей, педагогику, психологию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2544462C" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основы физиологии и гигиены;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4744D8EE" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3742FF39" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достижения педагогической науки и практики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2046029A" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основы экономики, финансово-хозяйственной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DEA011" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правила безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FAF8903" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2813F4" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DC6B8C" w14:textId="1A9EDEBE" w:rsidR="00313E1D" w:rsidRPr="00313E1D" w:rsidRDefault="00313E1D" w:rsidP="00313E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792DFAB8" w14:textId="2B28F737" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00313E1D" w:rsidP="00313E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и (или) наличие квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аместитель руководителя третьей квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заместитель руководителя второй квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заместитель руководителя первой квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidR="00465C38" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F86AF6" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...20 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится в соответствии с Трудовым кодексом Республики Казахстан от 23 ноября 2015 года, с приказом МОН РК от 21 февраля 2012 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">№57 «Об утверждении Правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования» (изм. приказ Министра просвещения РК от 22.12.2022 №513), с приказом №338 от 13 июля 2009 года Министра образования и науки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РК«Об</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Типовых квалификационных характеристик должностей педагогических работников и приравненных к ним лиц» (изм. приказ Министра образования и науки РК от 31.03.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00F5578B">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>№121</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2C64F8" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2A2C79" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...9 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для участия в Конкурсе кандидату нарочно в комиссию необходимо предоставить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F90881" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...601 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C82218" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к Правилам (может быть выдана канцелярией организации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D0B568" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCC2395" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657DEBEF" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD123BD" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3454E36D" w14:textId="478FB405" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00250D1E" w:rsidRPr="00250D1E">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00250D1E" w:rsidRPr="00250D1E">
-[...310 lines deleted...]
-    <w:p w14:paraId="679E0CE9" w14:textId="77777777" w:rsidR="005D2064" w:rsidRPr="005D2064" w:rsidRDefault="005D2064" w:rsidP="005D2064">
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A5974D" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...18 lines deleted...]
-    <w:p w14:paraId="3A5CDED2" w14:textId="2BAD1860" w:rsidR="005D2064" w:rsidRDefault="005D2064" w:rsidP="005D2064">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AA427B" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...159 lines deleted...]
-    <w:p w14:paraId="63FD3B21" w14:textId="0D2057A9" w:rsidR="00721083" w:rsidRDefault="00ED0926" w:rsidP="005D2064">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC55CE6" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...84 lines deleted...]
-    <w:p w14:paraId="19CD33B6" w14:textId="77777777" w:rsidR="00940466" w:rsidRPr="00940466" w:rsidRDefault="00940466" w:rsidP="00940466">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A89B2D5" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...272 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000F38E5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9E4F98" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D5D58">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>) кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480 өтілі жоқ бейнепрезентация.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="27765408" w14:textId="77777777" w:rsidR="007D5D58" w:rsidRPr="007D5D58" w:rsidRDefault="007D5D58" w:rsidP="007D5D58">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77607F97" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0BA9FB" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов, указанных в пункте 118 настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7684F233" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654C7D92" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организацией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после принятия документов кандидата, посредством Информационного Сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан направляется запрос о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении законодательства о статусе педагога в территориальный департамент по обеспечению качества в сфере образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427A2B5F" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выявлении сведений о совершении коррупционного преступления и/или уголовного правонарушения и/или законодательства о статусе педагога, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DEB37A" w14:textId="0EC81F39" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия в </w:t>
+      </w:r>
+      <w:r w:rsidR="007D54D8" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пяти рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после даты завершения приема документов проводит рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными требованиями педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71983299" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам рассмотрения документов кандидатов на соответствие квалификационным требованиям, конкурсная комиссия осуществляет подсчет баллов, указанных кандидатом в Оценочном листе согласно приложению 11 к Правилам (может быть выдана канцелярией организации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DA0B45" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение по итогам конкурса принимается конкурсной комиссией на основании набранных баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EF414A" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кандидат, получивший наибольшее количество баллов, считается прошедшим конкурс и рекомендуется первому руководителю государственной организации образования к назначению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A88B06" w14:textId="4F5F5F9F" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При равном количестве баллов у кандидатов, конкурсной комиссией принимается решение о проведении собеседования, по результатам которого определяется кандидат на назначение. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Собеседование проходит в КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Кандидат болған жағдайда оның біліміне, жұмыс тәжірибесіне, кәсіби деңгейіне қатысты қосымша ақпаратты (біліктілігін арттыру, ғылыми/академиялық дәрежелер мен атақтар беру, ғылыми немесе әдістемелік Жарияланымдар, біліктілік санаттары туралы құжаттардың көшірмелері, алдыңғы жұмыс орнының басшылығынан ұсынымдар) ұсынады.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1E4D709F" w14:textId="182E68A3" w:rsidR="00605FA6" w:rsidRDefault="007D5D58" w:rsidP="007D5D58">
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEA4888" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38ED8411" w14:textId="18E437A6" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты конкурса объявляются на Интернет-ресурсе организации образования, официальных аккаунтах социальных сетей организации в день проведения заключительного заседания конкурсной комиссии.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D54D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007D5D58">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С кандидатом, соответствующим квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов и получившим положительное заключение конкурсной комиссии, руководитель организации образования заключает трудовой договор и издает приказ о приеме на работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF040FE" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00465C38">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Осы Қағидалардың 118-тармағында көрсетілген құжаттардың біреуінің болмауы құжаттарды кандидатқа қайтару үшін негіз болып табылады.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7468C4" w14:textId="77777777" w:rsidR="0032191A" w:rsidRPr="0032191A" w:rsidRDefault="0032191A" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk207810277"/>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится по адресу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E3ED0A" w14:textId="5ABB20F5" w:rsidR="0032191A" w:rsidRDefault="0032191A" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Учреждение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» отдела образования города Караганды управления образования Карагандинской области, 100001, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлихан Бөкейхан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Методическая, стр. 63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, телефон/факс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8(7212) 21-52-99, +</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EC3E41" w14:textId="77777777" w:rsidR="005F16BC" w:rsidRPr="005F16BC" w:rsidRDefault="005F16BC" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04095734" w14:textId="4457041D" w:rsidR="0032191A" w:rsidRDefault="0032191A" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение семи рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Прием документов кандидатов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется с 09.00 часов до 18.00 часов с перерывом на обед с 13.00 часов до 14.00 часов, через канцелярию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ұйым кандидаттың құжаттарын қабылдағаннан кейін үш жұмыс күні ішінде Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есеп комитетінің Ақпараттық қызметі арқылы коррупциялық қылмыс және/немесе қылмыстық құқық бұзушылық жасау жөнінде мәліметтердің бар-жоғын тексеру үшін құзыретті органға немесе оның аумақтық бөлімшелеріне сұрау жолдайды, сондай-ақ педагог мәртебесі туралы заңнаманың бұзылуы туралы ақпаратты білім сапасын қамтамасыз ету департаментіне жібереді.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidR="005F16BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5945AE18" w14:textId="77777777" w:rsidR="005F16BC" w:rsidRPr="0032191A" w:rsidRDefault="005F16BC" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75630CB3" w14:textId="7BD7177D" w:rsidR="0032191A" w:rsidRPr="0032191A" w:rsidRDefault="0032191A" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="38FCC158" w14:textId="3DE66AAE" w:rsidR="007D5D58" w:rsidRDefault="0078739E" w:rsidP="0078739E">
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время начала приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.09.2025 г. 09.00 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EB32AC" w14:textId="0D4CA0EB" w:rsidR="0032191A" w:rsidRPr="0032191A" w:rsidRDefault="0032191A" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время окончания приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.09.202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032191A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г. 18.00 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2103F63C" w14:textId="77777777" w:rsidR="0032191A" w:rsidRPr="0032191A" w:rsidRDefault="0032191A" w:rsidP="0032191A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="021C6BAA" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00465C38" w:rsidRDefault="00465C38" w:rsidP="00B9107B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...109 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...525 lines deleted...]
-    <w:sectPr w:rsidR="00465C38">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00465C38" w:rsidRPr="00465C38">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3390,131 +2947,131 @@
   <w:rsids>
     <w:rsidRoot w:val="00250D1E"/>
     <w:rsid w:val="0000391E"/>
     <w:rsid w:val="00006C83"/>
     <w:rsid w:val="00014426"/>
     <w:rsid w:val="00047CD6"/>
     <w:rsid w:val="00062185"/>
     <w:rsid w:val="000D0F38"/>
     <w:rsid w:val="000D29F5"/>
     <w:rsid w:val="000D3BC5"/>
     <w:rsid w:val="000D5F42"/>
     <w:rsid w:val="000F38E5"/>
     <w:rsid w:val="00132EF3"/>
     <w:rsid w:val="001338D6"/>
     <w:rsid w:val="00143B24"/>
     <w:rsid w:val="00161FCB"/>
     <w:rsid w:val="00175FE7"/>
     <w:rsid w:val="001E49DF"/>
     <w:rsid w:val="001F7B7D"/>
     <w:rsid w:val="00250B28"/>
     <w:rsid w:val="00250D1E"/>
     <w:rsid w:val="002578BF"/>
     <w:rsid w:val="00270BEB"/>
     <w:rsid w:val="00274DE3"/>
     <w:rsid w:val="002751C4"/>
+    <w:rsid w:val="002B0D7B"/>
     <w:rsid w:val="002D315A"/>
     <w:rsid w:val="00313E1D"/>
+    <w:rsid w:val="0032191A"/>
     <w:rsid w:val="003226E5"/>
     <w:rsid w:val="0034021B"/>
     <w:rsid w:val="00344BBF"/>
     <w:rsid w:val="00393B8F"/>
-    <w:rsid w:val="003D19D9"/>
     <w:rsid w:val="003D1B5F"/>
     <w:rsid w:val="003F3633"/>
     <w:rsid w:val="0043631E"/>
     <w:rsid w:val="0044412D"/>
     <w:rsid w:val="00465B89"/>
     <w:rsid w:val="00465C38"/>
     <w:rsid w:val="004B63AF"/>
     <w:rsid w:val="004E6474"/>
     <w:rsid w:val="005305CE"/>
     <w:rsid w:val="00544168"/>
     <w:rsid w:val="005515D1"/>
     <w:rsid w:val="00555B38"/>
     <w:rsid w:val="005748CE"/>
     <w:rsid w:val="00577A20"/>
-    <w:rsid w:val="005B6F1C"/>
     <w:rsid w:val="005D2064"/>
+    <w:rsid w:val="005F16BC"/>
     <w:rsid w:val="005F4565"/>
     <w:rsid w:val="00605FA6"/>
-    <w:rsid w:val="00616387"/>
     <w:rsid w:val="006220E5"/>
     <w:rsid w:val="00623616"/>
     <w:rsid w:val="0065196F"/>
     <w:rsid w:val="00675EFD"/>
-    <w:rsid w:val="006C69DC"/>
     <w:rsid w:val="006D4274"/>
     <w:rsid w:val="007166B4"/>
     <w:rsid w:val="00721083"/>
     <w:rsid w:val="00740A39"/>
     <w:rsid w:val="0078739E"/>
     <w:rsid w:val="007A3A99"/>
     <w:rsid w:val="007C31E2"/>
     <w:rsid w:val="007D54D8"/>
     <w:rsid w:val="007D5D58"/>
     <w:rsid w:val="008013DF"/>
     <w:rsid w:val="008152B9"/>
     <w:rsid w:val="00860508"/>
     <w:rsid w:val="0088230D"/>
-    <w:rsid w:val="008C6BD6"/>
     <w:rsid w:val="00911F80"/>
     <w:rsid w:val="00924C6A"/>
     <w:rsid w:val="00930103"/>
     <w:rsid w:val="00940466"/>
     <w:rsid w:val="00984A73"/>
     <w:rsid w:val="009A2BB4"/>
     <w:rsid w:val="009D5C6E"/>
     <w:rsid w:val="009F272B"/>
     <w:rsid w:val="00A12E84"/>
     <w:rsid w:val="00A50CF2"/>
     <w:rsid w:val="00A6612D"/>
     <w:rsid w:val="00AA362A"/>
     <w:rsid w:val="00AD0E1C"/>
     <w:rsid w:val="00B14DB5"/>
-    <w:rsid w:val="00B26373"/>
     <w:rsid w:val="00B75B37"/>
     <w:rsid w:val="00B810DC"/>
     <w:rsid w:val="00B86A89"/>
     <w:rsid w:val="00B9107B"/>
     <w:rsid w:val="00BA0643"/>
     <w:rsid w:val="00BA5091"/>
     <w:rsid w:val="00BC1632"/>
     <w:rsid w:val="00BF7E77"/>
     <w:rsid w:val="00C02FD8"/>
+    <w:rsid w:val="00C10BDB"/>
+    <w:rsid w:val="00C243DF"/>
     <w:rsid w:val="00C52540"/>
     <w:rsid w:val="00C529C8"/>
     <w:rsid w:val="00C54BB9"/>
     <w:rsid w:val="00C55FE4"/>
     <w:rsid w:val="00C822AA"/>
     <w:rsid w:val="00CC7E2A"/>
     <w:rsid w:val="00CE0988"/>
     <w:rsid w:val="00D33753"/>
     <w:rsid w:val="00D450E8"/>
     <w:rsid w:val="00D915FE"/>
     <w:rsid w:val="00DB53C9"/>
     <w:rsid w:val="00DF0AAF"/>
+    <w:rsid w:val="00E0481F"/>
     <w:rsid w:val="00E35D0F"/>
     <w:rsid w:val="00ED0926"/>
     <w:rsid w:val="00ED2BF5"/>
     <w:rsid w:val="00EE4DB1"/>
     <w:rsid w:val="00EE74F3"/>
     <w:rsid w:val="00F25282"/>
     <w:rsid w:val="00FF3C1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -4024,51 +3581,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1667200925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027394" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4327,69 +3884,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1262</Words>
-  <Characters>7194</Characters>
+  <Words>1360</Words>
+  <Characters>7757</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8440</CharactersWithSpaces>
+  <CharactersWithSpaces>9099</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kausar04</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>