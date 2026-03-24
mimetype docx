--- v0 (2025-12-06)
+++ v1 (2026-03-24)
@@ -1,4569 +1,2603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="2CFA8B5B" w14:textId="77777777" w:rsidR="00943EA1" w:rsidRDefault="00943EA1" w:rsidP="00D70C9F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="06BF151F" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00F56DD9" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk198546124"/>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9A07F9" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00F56DD9" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды қаласы білім бөлімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F30C0C3" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00F56DD9" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Кәусар» Оқушылар Сарайы» Коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5FC27E" w14:textId="77777777" w:rsidR="00D14476" w:rsidRPr="00F56DD9" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B79F7E0" w14:textId="0FED3663" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орналасқан жері(мекен-жайы):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100020, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан ауданы, Методическая көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="002A025A" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21272D09" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Телефон: 8(7212)21-52-99, +7 (705)301-93-33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F771E1" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74AC5CD3" w14:textId="57B7C38A" w:rsidR="00D14476" w:rsidRPr="00F56DD9" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="6B503A10" w14:textId="3FD56AD0" w:rsidR="00D14476" w:rsidRPr="00F56DD9" w:rsidRDefault="0044561F" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГ-</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE446B" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДЕФЕКТОЛО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Г (1 м.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796F73B1" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E6B6DD" w14:textId="3762788E" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00D14476" w:rsidP="00D14476">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A9BAC3" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk206497502"/>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог-дефектолог үлгілік оқу жоспарлары мен бағдарламаларына сәйкес мүмкіндігі шектеулі балалармен жеке, топтық және кіші топтық сабақтар (сабақтар) өткізеді; мүмкіндігі шектеулі балаларға арнайы педагогикалық тексеру жүргізеді және тәрбиеленушілердің ерекше білім беру қажеттіліктерін бағалауды жүзеге асырады; даму мүмкіндігі шектеулі балаларда психофизикалық дамудың бұзылуын жеңу үшін жеке оқу, Жеке-дамыту, түзету-дамыту бағдарламаларын әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)өткізеді; мүмкіндігі шектеулі балаларға арнайы психологиялық-педагогикалық қолдау көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E09633C" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарында ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық сүйемелдеуді жүзеге асырады; басқа педагогтармен және мамандармен өзара іс-қимылды қамтамасыз етеді, білім берудегі инклюзивтілік қағидатын іске асыруға ықпал етеді; басқа педагогтармен және мамандармен тығыз байланыста мүмкіндігі шектеулі балаларды дамыту және әлеуметтендіру жөніндегі қызметті жүзеге асырады; ата-аналарға және өзге де заңды өкілдерге оқыту мен тәрбиелеудің арнайы әдістері мен тәсілдерін қолдану жөнінде кеңес береді; тұлғаның жалпы мәдениетін қалыптастыруға ықпал етеді, мемлекеттік жалпыға міндетті білім беру стандарты мен үлгілік оқу бағдарламаларының талаптарына сәйкес оқытудың әртүрлі нысандарын, білім беру технологияларын, әдістерін, әдістері мен құралдарын пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B3D777" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша білім беру Педагог-дефектологы психологиялық-медициналық-педагогикалық тексеру және консультация беру (психологиялық-медициналық-педагогикалық консультациялар), түзету-дамыту бағдарламаларын іске асырады, мүмкіндігі шектеулі балаларға арнайы педагогикалық тексеру жүргізеді; ерекше білім беру қажеттіліктерін командалық бағалауды жүргізуге қатысады; Қосымша білім беру педагог-дефектологы білім беру ұйымының жоспары мен кестесі бойынша жеке, кіші топтық және топтық сабақтар өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2794C13C" w14:textId="43DF1E93" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке оқу, Жеке-дамыту, түзету-дамыту бағдарламаларын әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)өткізеді; өзінің кәсіби құзыреттілігін арттырады; әдістемелік кеңестердің, әдістемелік бірлестіктердің, желілік қауымдастықтардың отырыстарына қатысады; қоғамның ерекше білім беру қажеттіліктері бар адамдарға деген толерантты көзқарасын қалыптастыру бойынша жұмыс жүргізеді; еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау ережелерін сақтайды; тәрбие процесі кезеңінде балалардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A4D327" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B11772C" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D4EB38" w14:textId="0B4572A3" w:rsidR="00BB156E" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Конституциясы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мүмкіндігі шектеулі балаларды әлеуметтік медициналық-педагогикалық және түзету арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қолдау туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын Қазақстан Республикасының өзге де нормативтік құқықтық актілері; өмірлік қиын жағдайға тап болған балаларға арналған арнаулы әлеуметтік қызметтердің мемлекеттік стандарттары; арнайы педагогика; оқу-тәрбие процесін жобалау және ұйымдастыру негіздері; арнайы білім беру саласындағы жаңа жетістіктер; педагогикалық этика нормалары; еңбек заңнамасының негіздері, еңбек қауіпсіздігі және еңбекті қорғау, өрттен қорғау ережелері, санитарлық ережелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024B872C" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B74D057" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біліктілікке қойылатын талаптар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B16C62" w14:textId="07A4829A" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнайы білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағыты бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе жұмыс өтіліне талаптар қойылмай, педагогикалық қайта даярлауды растайтын құжат; және (немесе) біліктіліктің жоғары деңгейі болған кезде: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог – зерттеуші үшін кемінде 4 жыл мамандығы бойынша жұмыс өтілі; және (немесе) біліктіліктің жоғары деңгейі болған кезде педагог-шебер үшін мамандық бойынша жұмыс өтілі – кемінде 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7855BC83" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C5D51E9" w14:textId="4197D1BB" w:rsidR="00BB156E" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіби құзыреттерді айқындай отырып біліктілікке қойылатын талаптар: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B59CF56" w14:textId="01F540AD" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7FBD4D" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамудағы ауытқуларды барынша түзетуге бағытталған балалардың дамуы мен жай-күйін диагностикалау, психологиялық-педагогикалық қолдау әдістерін қолдануға тиіс; арнайы мектепке дейінгі білім беру саласында инновациялық педагогикалық және ақпараттық-коммуникациялық технологияларды пайдалана отырып, мотивациялық, диагностикалық, дамытушылық, коммуникативтік және әдістемелік қызметті жүзеге асыру; дефектологияның заманауи әдістерін қолданыңыз; білім беру ұйымының әдістемелік бірлестіктерінің жұмысына қатысу; балалардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлау және ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6B4149" w14:textId="268D600E" w:rsidR="00BB156E" w:rsidRPr="00F56DD9" w:rsidRDefault="00BB156E" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардың жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал ету, білім беру ұйымы деңгейіндегі іс-шараларға қатысу, балалардың қажеттіліктерін ескере отырып, тәрбие мен оқытуда жеке тәсілді жүзеге асыру, кәсіби-педагогикалық диалог дағдыларын пайдалану, цифрлық білім беру ресурстарын қолдану; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FDF25B" w14:textId="33017FBA" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог – модератор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194A01F5" w14:textId="18AAADFE" w:rsidR="00BB156E" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын жалпы талаптарға, сондай-ақ: оқушылардың дамуындағы ауытқуларды диагностикалау мен түзетудің заманауи әдістерін қолдану, білім беру ұйымы деңгейінде тәжірибені жинақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B32020" w14:textId="75A8534C" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог – сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D6E6A1" w14:textId="66E19687" w:rsidR="00BB156E" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог – модератор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын жалпы талаптарға, сондай-ақ: балалардың дамуындағы ауытқулардың алдын алу және түзету әдістері мен әдістерін қолданыңыз; ата-аналармен немесе оларды алмастыратын адамдармен ынтымақтастықты қамтамасыз ету; инновациялық педагогикалық тәжірибені зерделеу және енгізу; ұйымдастырылған оқу қызметін талдау дағдыларын пайдалану, тәлімгерлікті жүзеге асыру және кәсіби дамудың басымдықтарын айқындау: білім беру ұйымы деңгейінде өзінің және әріптестерінің, аудан/қала деңгейінде тәжірибені жинақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E217DEE" w14:textId="45DC8724" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35303297" w14:textId="7758AE27" w:rsidR="00BB156E" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00BB156E">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог – сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын жалпы талаптарға, сондай-ақ: дефектологиялық ғылымның соңғы жетістіктерін пайдалану; арнайы педагогика және психология; оқушылардың қажеттіліктері мен психологиялық-физиологиялық ерекшеліктерін ескере отырып, еңбек қауіпсіздігі және еңбекті қорғау қағидаларын сақтай отырып, оқытудың инновациялық технологияларын, әдістері мен тәсілдерін қолдану; қызмет бағыты бойынша басқа </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ұйымдармен өзара іс-қимылды қамтамасыз ету; облыс деңгейінде қызмет бағыты бойынша әдістемелік әзірлемелердің болуы; облыс/республикалық маңызы бар қалалар және астана деңгейінде тәжірибе жинақтау үшін тәлімгерлікті жүзеге асыру, бағалау құралдарын әзірлеу және зерттеу дағдыларын пайдалану; психологиялық-педагогикалық басылымдарда жарияланымдардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD96630" w14:textId="2E592704" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-шебер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793C354C" w14:textId="77777777" w:rsidR="00F56DD9" w:rsidRPr="00F56DD9" w:rsidRDefault="00F56DD9" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог – зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB156E" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілігіне қойылатын жалпы талаптарға, сондай-ақ: арнайы педагогиканың жаңа жетістіктерін енгізу; педагогикалық зерттеудің негізгі әдіснамалық принциптерін басшылыққа ала отырып, өзінің кәсіби қызметінің рефлексиясын жүзеге асыру; кәсіби даму траекториясына сәйкес өзін-өзі оқыту дағдыларына ие болу; авторлық бағдарламаның болуы немесе облыстық оқу-әдістемелік кеңесте және РОӘК-те мақұлданған жарияланған бағдарламалардың, оқу-әдістемелік құралдардың авторы (тең авторы) болуы; облыс деңгейінде тәлімгерлікті жүзеге асыру және әлеуметтік педагогтердің кәсіптік қоғамдастығы желісін дамытуды жоспарлау, білім беру саласындағы уәкілетті орган бекіткен республикалық және халықаралық кәсіптік конкурстарға қатысушы болу.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="3C9EE471" w14:textId="36767390" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00F56DD9">
+      <w:pPr>
+        <w:pStyle w:val="serp-item"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін кандидат комиссияға қолма қол ұсынуы қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0985B91E" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36AE93D3" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға ниет білдірген адам хабарландыруда көрсетілген құжаттарды қабылдау мерзімінде мынадай құжаттарды электрондық немесе қағаз түрінде жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6269D826" w14:textId="15D5AA96" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтінішті (ұйымның кеңсесі бере алады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1196031F" w14:textId="40FDE747" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43028385" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке парақ (нақты тұрғылықты мекен-жайы және байланыс телефондары көрсетілген-Бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527C5530" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DD0468" w14:textId="679E5DC4" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56DD9" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FEC7D2" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6) міндетін атқарушының бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3444AC6A" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49973247" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4870AA7B" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9) сертификаттаудан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2548FE9C" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5C7CE9" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>11) кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480 өтілі жоқ бейнепрезентация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0330F979" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кандидат болған жағдайда оның біліміне, жұмыс тәжірибесіне, кәсіби деңгейіне қатысты қосымша ақпаратты (біліктілігін арттыру, ғылыми/академиялық дәрежелер мен атақтар беру, ғылыми немесе әдістемелік Жарияланымдар, біліктілік санаттары туралы құжаттардың көшірмелері, алдыңғы жұмыс орнының басшылығынан ұсынымдар) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DF5022" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 118-тармағында көрсетілген құжаттардың біреуінің болмауы құжаттарды кандидатқа қайтару үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A11CC2B" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17D277B7" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұйым кандидаттың құжаттарын қабылдағаннан кейін үш жұмыс күні ішінде Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есеп комитетінің Ақпараттық қызметі арқылы коррупциялық қылмыс және/немесе қылмыстық құқық бұзушылық жасау жөнінде мәліметтердің бар-жоғын тексеру үшін құзыретті органға немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оның аумақтық бөлімшелеріне сұрау жолдайды, сондай-ақ педагог мәртебесі туралы заңнаманың бұзылуы туралы ақпаратты білім сапасын қамтамасыз ету департаментіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0047539E" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5F8759" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық және/немесе педагог мәртебесі туралы заңнама жасалғаны туралы мәліметтер анықталған кезде педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD84EF5" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4759C4E6" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Комиссия құжаттарды қабылдау аяқталған күннен кейін бес жұмыс күні ішінде кандидаттардың құжаттарының педагогтердің үлгілік біліктілік талаптарымен бекітілген Біліктілік талаптарына сәйкестігін қарауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E398B9" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкестігіне кандидаттардың құжаттарын қарау нәтижелері бойынша конкурстық комиссия Қағидаларға 11-қосымшаға сәйкес бағалау парағында кандидат көрсеткен балдарды есептеуді жүзеге асырады (ұйымның кеңсесі бере алады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B66E400" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Конкурс қорытындысы бойынша шешімді конкурстық комиссия жинаған балдары негізінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054591F8" w14:textId="77777777" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ең көп балл жинаған үміткер конкурстан өткен болып есептеледі және мемлекеттік білім беру ұйымының бірінші басшысына тағайындауға ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FD92E3" w14:textId="00A4E596" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кандидаттарда балдар саны тең болған кезде конкурстық комиссия әңгімелесу өткізу туралы шешім қабылдайды, оның нәтижелері бойынша тағайындауға кандидат айқындалады. Сұхбаттасу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы» КММ-де өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51086E67" w14:textId="77777777" w:rsidR="00042D3F" w:rsidRPr="00F56DD9" w:rsidRDefault="00042D3F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F8E65C" w14:textId="4B804720" w:rsidR="00D70C9F" w:rsidRPr="00F56DD9" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Конкурс нәтижелері білім беру ұйымының Интернет-ресурсында, конкурстық комиссияның қорытынды отырысы өткізілетін күні ұйымның әлеуметтік желілерінің ресми аккаунттарында жарияланады.Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген және конкурстық комиссияның оң қорытындысын алған біліктілік талаптарына сәйкес келетін кандидатпен білім беру ұйымының басшысы еңбек шартын жасасады және жұмысқа қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13357689" w14:textId="77777777" w:rsidR="00042D3F" w:rsidRPr="00F56DD9" w:rsidRDefault="00042D3F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE0D008" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы» коммуналдық мемлекеттік мекемесі, 100001, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан атындағы аудан, әдістемелік көшесі, 63-бет, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E99860B" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>телефон: 8(7212) 21-52-99, + 7(705)301-93-33 мекенжайы бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B8243F" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D534CF9" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FBC95E4" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кандидаттардың құжаттарын қабылдау сағат 09.00-ден 18.00-ге дейін түскі үзіліспен сағат 13.00-ден 14.00-ге дейін, Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы»  КММ кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CF36D4" w14:textId="77777777" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7877252D" w14:textId="5009E893" w:rsidR="005C105B" w:rsidRPr="00F56DD9" w:rsidRDefault="005C105B" w:rsidP="005C105B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудың басталу күні мен уақыты: 0</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE446B" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E901B6" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.2025 ж. 09.00 сағат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A36104" w14:textId="42CB6116" w:rsidR="00D70C9F" w:rsidRDefault="005C105B" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудың аяқталу күні мен уақыты: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE446B" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E901B6" w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.2025 ж. 18.00 сағ.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="1755EB94" w14:textId="563B42DD" w:rsidR="00D70C9F" w:rsidRDefault="00D70C9F" w:rsidP="00D70C9F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4436 lines deleted...]
-    <w:sectPr w:rsidR="00FB44BC" w:rsidRPr="0002243B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D70C9F">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11F75399"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9E082DB2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B251544"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1928749A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="396D57C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B54F904"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -4669,51 +2703,140 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D995DB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F324364A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="441E0080"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C814557A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4818,51 +2941,140 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="559211C0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52C0E2BA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5610672B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3B7A06C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4967,107 +3179,266 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77DA3563"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AB10EF0E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA11E4"/>
-    <w:rsid w:val="0002243B"/>
-    <w:rsid w:val="000344D2"/>
     <w:rsid w:val="00042D3F"/>
-    <w:rsid w:val="000B5808"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002F7024"/>
+    <w:rsid w:val="001508A0"/>
+    <w:rsid w:val="002A025A"/>
+    <w:rsid w:val="0041078E"/>
+    <w:rsid w:val="0044561F"/>
     <w:rsid w:val="004733D7"/>
     <w:rsid w:val="0052149E"/>
-    <w:rsid w:val="005A76F1"/>
-    <w:rsid w:val="005D3A3B"/>
+    <w:rsid w:val="005C105B"/>
+    <w:rsid w:val="005F1010"/>
     <w:rsid w:val="00655FD4"/>
-    <w:rsid w:val="00731DB1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0081660F"/>
     <w:rsid w:val="00821FC0"/>
-    <w:rsid w:val="008A6AA5"/>
-    <w:rsid w:val="00943EA1"/>
     <w:rsid w:val="00953B75"/>
     <w:rsid w:val="00A904CA"/>
-    <w:rsid w:val="00B43B7F"/>
-    <w:rsid w:val="00CA6E24"/>
+    <w:rsid w:val="00BB156E"/>
     <w:rsid w:val="00D044BE"/>
     <w:rsid w:val="00D14476"/>
-    <w:rsid w:val="00D519C4"/>
+    <w:rsid w:val="00D62778"/>
     <w:rsid w:val="00D70C9F"/>
     <w:rsid w:val="00DA11E4"/>
-    <w:rsid w:val="00E46664"/>
+    <w:rsid w:val="00E901B6"/>
+    <w:rsid w:val="00ED76C1"/>
+    <w:rsid w:val="00EE446B"/>
+    <w:rsid w:val="00F56DD9"/>
+    <w:rsid w:val="00F85E9C"/>
     <w:rsid w:val="00FB44BC"/>
     <w:rsid w:val="00FE2EA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -5507,81 +3878,59 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="serp-item">
     <w:name w:val="serp-item"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00D14476"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B43B7F"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C105B"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...19 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="82462108">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1945645556">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -5819,50 +4168,324 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1281257452">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="270"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="426973164">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1114246329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1443644883">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="839274357">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="854852296">
+                      <w:marLeft w:val="-240"/>
+                      <w:marRight w:val="-240"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="109595648">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1759212005">
+                              <w:marLeft w:val="240"/>
+                              <w:marRight w:val="660"/>
+                              <w:marTop w:val="105"/>
+                              <w:marBottom w:val="600"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="637417111">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1954556264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="309411764">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="270"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1103719319">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1901556435">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1254046497">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1159879598">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="59210896">
+                      <w:marLeft w:val="-240"/>
+                      <w:marRight w:val="-240"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="554707677">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1434011891">
+                              <w:marLeft w:val="240"/>
+                              <w:marRight w:val="660"/>
+                              <w:marTop w:val="105"/>
+                              <w:marBottom w:val="600"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1381587319">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1516771832">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="957419740">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="270"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1399479014">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="451553542">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -5969,64 +4592,188 @@
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1478377916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1649090650">
+    <w:div w:id="1584560864">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="227612989">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1097365656">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="435174693">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1712225029">
+                      <w:marLeft w:val="-240"/>
+                      <w:marRight w:val="-240"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2095129118">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1121807311">
+                              <w:marLeft w:val="240"/>
+                              <w:marRight w:val="660"/>
+                              <w:marTop w:val="105"/>
+                              <w:marBottom w:val="600"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1213735273">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1685477925">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="993677697">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="270"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="1823347706">
+    <w:div w:id="1649090650">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1854608975">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -6441,71 +5188,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>12409</Characters>
+  <Pages>4</Pages>
+  <Words>1854</Words>
+  <Characters>10573</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14556</CharactersWithSpaces>
+  <CharactersWithSpaces>12403</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>15</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>