--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -1,2408 +1,2686 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="46D834C7" w14:textId="77777777" w:rsidR="00E70B1A" w:rsidRDefault="00E70B1A" w:rsidP="00D73CBA">
+    <w:p w14:paraId="3C3F2AC0" w14:textId="77777777" w:rsidR="00186401" w:rsidRDefault="00186401" w:rsidP="00F001FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="175B1587" w14:textId="2E1716F3" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00D73CBA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk198546124"/>
+    </w:p>
+    <w:p w14:paraId="0558EC60" w14:textId="66D2B38E" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...168 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F70E0F6" w14:textId="21916E2B" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды қаласы білім бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68731F25" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Кәусар» Оқушылар Сарайы» Коммуналдық мемлекеттік мекемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237ED038" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D96954E" w14:textId="362A45A4" w:rsidR="00616387" w:rsidRPr="00F001FD" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орналасқан жері(мекен-жайы):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100020, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан ауданы, Методическая көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6BD6" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E0481F" w:rsidRPr="00E0481F">
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D64D21" w14:textId="18A2894F" w:rsidR="00250D1E" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Телефон: 8(7212)21-52-99, +7 (705)301-93-33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7A6C79" w14:textId="77777777" w:rsidR="00F001FD" w:rsidRPr="00F001FD" w:rsidRDefault="00F001FD" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A511127" w14:textId="29A03074" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымы:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="230BECCC" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ДИРЕКТОРДЫҢ ОҚУ-ТӘРБИЕ ЖҰМЫСЫ ЖӨНІНДЕГІ ОРЫНБАСАРЫ (1 СТ.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5899F93A" w14:textId="016FAB76" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk198546508"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="25FAF8A5" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk181956449"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...30 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогикалық ұжымның қызметін ағымдағы және перспективалық жоспарлауды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28218BDD" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  үлгілік оқу жоспарлары мен білім беру бағдарламаларын орындау бойынша педагогтердің жұмысын, сондай-ақ оқу-әдістемелік құжаттаманы әзірлеуді үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FF606C" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру процесінің сапасын және білім алушылар мен тәрбиеленушілердің оқу нәтижелерін бағалаудың объективтілігін бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4522DF7C" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогтарға инновациялық бағдарламаларды игеруге және әзірлеуге көмек көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E46020" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-шараларды ұйымдастыру және өткізу бойынша жұмыс жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0548A1CA" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушыларға, тәрбиеленушілер мен қызметкерлерге жағдай жасайды, білім алушылар контингентін сақтау бойынша шаралар қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E738704" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ата-аналар арасында ағарту жұмыстарын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410F8CFA" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу сабақтарының кестесін жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA03B93" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген есептік құжаттаманың уақтылы жасалуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1A2754" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру процесін жетілдіру бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5863B2CE" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу кабинеттерін, аудиторияларды заманауи жабдықтармен, көрнекі құралдармен және техникалық оқыту құралдарымен жарақтандыру, кітапхананы оқу-әдістемелік және көркем әдебиеттермен, мерзімді басылымдармен толықтыру жөнінде ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CF7B41" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есептілікті дайындауды және ұсынуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B82E1A" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ерекше білім беру қажеттіліктері бар балаларға қосымша білім беру үшін жағдай жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CD6BD8" w14:textId="26DF4E62" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушылар, тәрбиеленушілер, педагогтар және басқа да қызметкерлер арасында сыбайлас жемқорлыққа қарсы </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0988" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадемиялық адалдық қағидаттарын сіңіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7E96FE" w14:textId="77777777" w:rsidR="003D1B5F" w:rsidRPr="00F001FD" w:rsidRDefault="003D1B5F" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C35903F" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk198548212"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="4DEB7A35" w14:textId="20EE672F" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="001338D6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Конституциясын, Қазақстан Республикасының Еңбек кодексін, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы тілдер туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3C1F" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының заңдарын және Балаларға қосымша білім беруді дамыту бағыттары мен перспективаларын айқындайтын өзге де нормативтік құқықтық актілерді, педагогиканы, психологияны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBC1B5E" w14:textId="5427C162" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="001338D6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физиология және гигиена негіздері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1472D65E" w14:textId="753C5953" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="001338D6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық этика нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1496993C" w14:textId="39E41342" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="001338D6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық ғылым мен практиканың жетістіктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70815867" w14:textId="51CE032E" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="001338D6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экономика, қаржы-шаруашылық қызмет негіздері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D295DCE" w14:textId="70930738" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="001338D6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r w:rsidR="00250D1E" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбек қауіпсіздігі және еңбекті қорғау, өрттен қорғау ережелері, санитарлық ережелер мен нормалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27008161" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59701C09" w14:textId="77777777" w:rsidR="00250D1E" w:rsidRPr="00F001FD" w:rsidRDefault="00250D1E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk198547370"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679E0CE9" w14:textId="77777777" w:rsidR="005D2064" w:rsidRPr="00F001FD" w:rsidRDefault="005D2064" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk198548426"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе педагогикалық қайта даярлауды, білім беру ұйымдарындағы педагогикалық жұмыс өтілін кемінде 5 жыл растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A5CDED2" w14:textId="2BAD1860" w:rsidR="005D2064" w:rsidRPr="00F001FD" w:rsidRDefault="005D2064" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және (немесе) білім беру ұйымының </w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшінші біліктілік санаты басшысының орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екінші біліктілік санаты басшысының орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірінші біліктілік санаты басшысының орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілік санатының болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B38D56E" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F5578B" w:rsidRDefault="00465C38" w:rsidP="00D73CBA">
-[...458 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="63FD3B21" w14:textId="08828997" w:rsidR="00721083" w:rsidRDefault="00ED0926" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек кодексіне, ҚР БҒМ 2012 жылғы 21 ақпандағы №57 </w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5578B">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін қызметке тағайындау, қызметтен босату қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5578B">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығына сәйкес өткізіледі. ҚР Білім және ғылым министрінің 2009 жылғы 13 шілдедегі №338 бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог қызметкерлер мен оларға теңестірілген адамдар лауазымдарының үлгілік біліктілік сипаттамаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="006C69DC" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ДМ. ҚР Білім және ғылым министрінің 2022.03.31 №121 бұйрығы).</w:t>
+      </w:r>
+      <w:r w:rsidR="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E50C2F" w14:textId="77777777" w:rsidR="00F001FD" w:rsidRPr="00F001FD" w:rsidRDefault="00F001FD" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19CD33B6" w14:textId="77777777" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk198547584"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін кандидат комиссияға қолма қол ұсынуы қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7045992B" w14:textId="77777777" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға ниет білдірген адам хабарландыруда көрсетілген құжаттарды қабылдау мерзімінде мынадай құжаттарды электрондық немесе қағаз түрінде жібереді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3911EE79" w14:textId="7C6CFAC4" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтінішті (ұйымның кеңсесі бере алады);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF66880" w14:textId="7BDD2B8F" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1400D2" w14:textId="77777777" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке парақ (нақты тұрғылықты мекен-жайы және байланыс телефондары көрсетілген-Бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397037C1" w14:textId="77777777" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2117BB2F" w14:textId="6EDCFE9D" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C3D3A5" w14:textId="2674CC46" w:rsidR="00940466" w:rsidRPr="00F001FD" w:rsidRDefault="00940466" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) міндетін атқарушының бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4B7EC7" w14:textId="77777777" w:rsidR="00605FA6" w:rsidRPr="00F001FD" w:rsidRDefault="00605FA6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4B7726" w14:textId="77777777" w:rsidR="00605FA6" w:rsidRPr="00F001FD" w:rsidRDefault="00605FA6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6026EB5B" w14:textId="77777777" w:rsidR="00605FA6" w:rsidRPr="00F001FD" w:rsidRDefault="00605FA6" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сертификаттаудан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D92493" w14:textId="47FA066C" w:rsidR="007D5D58" w:rsidRPr="00F001FD" w:rsidRDefault="007D5D58" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000F38E5" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5CD578" w14:textId="56139811" w:rsidR="007D5D58" w:rsidRPr="00F001FD" w:rsidRDefault="007D5D58" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000F38E5" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480 өтілі жоқ бейнепрезентация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27765408" w14:textId="77777777" w:rsidR="007D5D58" w:rsidRPr="00F001FD" w:rsidRDefault="007D5D58" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кандидат болған жағдайда оның біліміне, жұмыс тәжірибесіне, кәсіби деңгейіне қатысты қосымша ақпаратты (біліктілігін арттыру, ғылыми/академиялық дәрежелер мен атақтар беру, ғылыми немесе әдістемелік Жарияланымдар, біліктілік санаттары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>туралы құжаттардың көшірмелері, алдыңғы жұмыс орнының басшылығынан ұсынымдар) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4D709F" w14:textId="182E68A3" w:rsidR="00605FA6" w:rsidRPr="00F001FD" w:rsidRDefault="007D5D58" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 118-тармағында көрсетілген құжаттардың біреуінің болмауы құжаттарды кандидатқа қайтару үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54647FE6" w14:textId="77777777" w:rsidR="007D5D58" w:rsidRPr="00F001FD" w:rsidRDefault="007D5D58" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506DFF6A" w14:textId="77777777" w:rsidR="00D915FE" w:rsidRPr="00F001FD" w:rsidRDefault="00D915FE" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұйым кандидаттың құжаттарын қабылдағаннан кейін үш жұмыс күні ішінде Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есеп комитетінің Ақпараттық қызметі арқылы коррупциялық қылмыс және/немесе қылмыстық құқық бұзушылық жасау жөнінде мәліметтердің бар-жоғын тексеру үшін құзыретті органға немесе оның аумақтық бөлімшелеріне сұрау жолдайды, сондай-ақ педагог мәртебесі туралы заңнаманың бұзылуы туралы ақпаратты білім сапасын қамтамасыз ету департаментіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9764A2" w14:textId="77777777" w:rsidR="00D915FE" w:rsidRPr="00F001FD" w:rsidRDefault="00D915FE" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38FCC158" w14:textId="3DE66AAE" w:rsidR="007D5D58" w:rsidRPr="00F001FD" w:rsidRDefault="0078739E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық және/немесе педагог мәртебесі туралы заңнама жасалғаны туралы мәліметтер анықталған кезде педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B484A8" w14:textId="77777777" w:rsidR="0078739E" w:rsidRPr="00F001FD" w:rsidRDefault="0078739E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E74B25E" w14:textId="77777777" w:rsidR="0078739E" w:rsidRPr="00F001FD" w:rsidRDefault="0078739E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссия құжаттарды қабылдау аяқталған күннен кейін бес жұмыс күні ішінде кандидаттардың құжаттарының педагогтердің үлгілік біліктілік талаптарымен бекітілген Біліктілік талаптарына сәйкестігін қарауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEB9F3C" w14:textId="77777777" w:rsidR="0078739E" w:rsidRPr="00F001FD" w:rsidRDefault="0078739E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарына сәйкестігіне кандидаттардың құжаттарын қарау нәтижелері бойынша конкурстық комиссия Қағидаларға 11-қосымшаға сәйкес бағалау парағында кандидат көрсеткен балдарды есептеуді жүзеге асырады (ұйымның кеңсесі бере алады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73488787" w14:textId="77777777" w:rsidR="0078739E" w:rsidRPr="00F001FD" w:rsidRDefault="0078739E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс қорытындысы бойынша шешімді конкурстық комиссия жинаған балдары негізінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A4258E" w14:textId="408431DD" w:rsidR="0078739E" w:rsidRPr="00F001FD" w:rsidRDefault="0078739E" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ең көп балл жинаған үміткер конкурстан өткен болып есептеледі және мемлекеттік білім беру ұйымының бірінші басшысына тағайындауға ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C29DF6" w14:textId="003C4F87" w:rsidR="003226E5" w:rsidRPr="00F001FD" w:rsidRDefault="003226E5" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кандидаттарда балдар саны тең болған кезде конкурстық комиссия әңгімелесу өткізу туралы шешім қабылдайды, оның нәтижелері бойынша тағайындауға кандидат айқындалады</w:t>
+      </w:r>
+      <w:r w:rsidR="008152B9" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00344BBF" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұхбаттасу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00344BBF" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5578B">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidR="00344BBF" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F5578B">
-[...75 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылар сарайы</w:t>
+      </w:r>
+      <w:r w:rsidR="00344BBF" w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» КМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М-де өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7318CE43" w14:textId="02846F19" w:rsidR="008152B9" w:rsidRPr="00F001FD" w:rsidRDefault="00B9107B" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс нәтижелері білім беру ұйымының Интернет-ресурсында, конкурстық комиссияның қорытынды отырысы өткізілетін күні ұйымның әлеуметтік желілерінің ресми аккаунттарында жарияланады.Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген және конкурстық комиссияның оң қорытындысын алған біліктілік талаптарына сәйкес келетін кандидатпен білім беру ұйымының басшысы еңбек шартын жасасады және жұмысқа қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE9E1B9" w14:textId="77777777" w:rsidR="00616387" w:rsidRPr="00F001FD" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы» коммуналдық мемлекеттік мекемесі, 100001, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан атындағы аудан, әдістемелік көшесі, 63-бет, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A85274A" w14:textId="77777777" w:rsidR="00616387" w:rsidRPr="00F001FD" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>телефон: 8(7212) 21-52-99, + 7(705)301-93-33 мекенжайы бойынша өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0140F463" w14:textId="77777777" w:rsidR="00616387" w:rsidRPr="00F001FD" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EC3DC7" w14:textId="77777777" w:rsidR="00616387" w:rsidRPr="00F001FD" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="090ABD89" w14:textId="77777777" w:rsidR="00616387" w:rsidRPr="00F001FD" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>направления и перспективы развития дополнительного образования детей, педагогику, психологию;</w:t>
-[...630 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Кандидаттардың құжаттарын қабылдау сағат 09.00-ден 18.00-ге дейін түскі үзіліспен сағат 13.00-ден 14.00-ге дейін, Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «Кәусар» оқушылар сарайы»  КММ кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C15DF42" w14:textId="77777777" w:rsidR="00616387" w:rsidRPr="00F001FD" w:rsidRDefault="00616387" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F001FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF0E2EE" w14:textId="535A323D" w:rsidR="00841F37" w:rsidRPr="00841F37" w:rsidRDefault="00841F37" w:rsidP="00841F37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдаудың басталу күні мен уақыты: </w:t>
+      </w:r>
+      <w:r w:rsidR="00443173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00443173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...819 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00841F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.2025 ж. 09.00 сағат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C75E196" w14:textId="6EA4198D" w:rsidR="00465C38" w:rsidRPr="00F001FD" w:rsidRDefault="00841F37" w:rsidP="00841F37">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдаудың аяқталу күні мен уақыты: </w:t>
+      </w:r>
+      <w:r w:rsidR="00443173">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidRPr="00884D09">
-[...10 lines deleted...]
-    <w:p w14:paraId="021C6BAA" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00465C38" w:rsidRDefault="00465C38" w:rsidP="00D73CBA">
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00841F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.11.2025 ж. 18.00 сағ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="6ACFA4F1" w14:textId="77777777" w:rsidR="00143B24" w:rsidRPr="00F001FD" w:rsidRDefault="00143B24" w:rsidP="00F001FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00465C38" w:rsidRPr="00465C38" w:rsidSect="00E70B1A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="480411F8" w14:textId="77777777" w:rsidR="00143B24" w:rsidRPr="00F001FD" w:rsidRDefault="00143B24" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26A28EEF" w14:textId="77777777" w:rsidR="00143B24" w:rsidRPr="00F001FD" w:rsidRDefault="00143B24" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C5A1007" w14:textId="77777777" w:rsidR="00143B24" w:rsidRPr="00F001FD" w:rsidRDefault="00143B24" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="120EA5B1" w14:textId="77777777" w:rsidR="00143B24" w:rsidRPr="00F001FD" w:rsidRDefault="00143B24" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2342C4DD" w14:textId="77777777" w:rsidR="00465C38" w:rsidRPr="00F001FD" w:rsidRDefault="00465C38" w:rsidP="00F001FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00465C38" w:rsidRPr="00F001FD" w:rsidSect="00F001FD">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="292B1F8E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="651E8BA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -3008,151 +3286,152 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00250D1E"/>
     <w:rsid w:val="0000391E"/>
     <w:rsid w:val="00006C83"/>
     <w:rsid w:val="00014426"/>
     <w:rsid w:val="00047CD6"/>
     <w:rsid w:val="00062185"/>
     <w:rsid w:val="000D0F38"/>
     <w:rsid w:val="000D29F5"/>
     <w:rsid w:val="000D3BC5"/>
     <w:rsid w:val="000D5F42"/>
     <w:rsid w:val="000F38E5"/>
     <w:rsid w:val="00132EF3"/>
     <w:rsid w:val="001338D6"/>
     <w:rsid w:val="00143B24"/>
     <w:rsid w:val="00161FCB"/>
     <w:rsid w:val="00175FE7"/>
+    <w:rsid w:val="00186401"/>
     <w:rsid w:val="001E49DF"/>
     <w:rsid w:val="001F7B7D"/>
     <w:rsid w:val="00250B28"/>
     <w:rsid w:val="00250D1E"/>
     <w:rsid w:val="002578BF"/>
     <w:rsid w:val="00270BEB"/>
     <w:rsid w:val="00274DE3"/>
     <w:rsid w:val="002751C4"/>
-    <w:rsid w:val="002B0D7B"/>
     <w:rsid w:val="002D315A"/>
     <w:rsid w:val="00313E1D"/>
-    <w:rsid w:val="0032191A"/>
     <w:rsid w:val="003226E5"/>
     <w:rsid w:val="0034021B"/>
     <w:rsid w:val="00344BBF"/>
     <w:rsid w:val="00393B8F"/>
+    <w:rsid w:val="003D19D9"/>
     <w:rsid w:val="003D1B5F"/>
     <w:rsid w:val="003F3633"/>
     <w:rsid w:val="0043631E"/>
+    <w:rsid w:val="00443173"/>
     <w:rsid w:val="0044412D"/>
     <w:rsid w:val="00465B89"/>
     <w:rsid w:val="00465C38"/>
+    <w:rsid w:val="00486BA2"/>
     <w:rsid w:val="004B63AF"/>
     <w:rsid w:val="004E6474"/>
     <w:rsid w:val="005305CE"/>
     <w:rsid w:val="00544168"/>
     <w:rsid w:val="005515D1"/>
     <w:rsid w:val="00555B38"/>
     <w:rsid w:val="005748CE"/>
     <w:rsid w:val="00577A20"/>
+    <w:rsid w:val="005B6F1C"/>
     <w:rsid w:val="005D2064"/>
-    <w:rsid w:val="005F16BC"/>
     <w:rsid w:val="005F4565"/>
     <w:rsid w:val="00605FA6"/>
+    <w:rsid w:val="00616387"/>
     <w:rsid w:val="006220E5"/>
     <w:rsid w:val="00623616"/>
     <w:rsid w:val="0065196F"/>
     <w:rsid w:val="00675EFD"/>
+    <w:rsid w:val="006C69DC"/>
     <w:rsid w:val="006D4274"/>
     <w:rsid w:val="007166B4"/>
     <w:rsid w:val="00721083"/>
     <w:rsid w:val="00740A39"/>
     <w:rsid w:val="0078739E"/>
     <w:rsid w:val="007A3A99"/>
     <w:rsid w:val="007C31E2"/>
     <w:rsid w:val="007D54D8"/>
     <w:rsid w:val="007D5D58"/>
     <w:rsid w:val="008013DF"/>
     <w:rsid w:val="008152B9"/>
+    <w:rsid w:val="00841F37"/>
     <w:rsid w:val="00860508"/>
     <w:rsid w:val="0088230D"/>
-    <w:rsid w:val="00884D09"/>
+    <w:rsid w:val="008C6BD6"/>
     <w:rsid w:val="00911F80"/>
     <w:rsid w:val="00924C6A"/>
     <w:rsid w:val="00930103"/>
     <w:rsid w:val="00940466"/>
     <w:rsid w:val="00984A73"/>
     <w:rsid w:val="009A2BB4"/>
     <w:rsid w:val="009D5C6E"/>
     <w:rsid w:val="009F272B"/>
     <w:rsid w:val="00A12E84"/>
     <w:rsid w:val="00A50CF2"/>
     <w:rsid w:val="00A6612D"/>
     <w:rsid w:val="00AA362A"/>
     <w:rsid w:val="00AD0E1C"/>
     <w:rsid w:val="00B14DB5"/>
+    <w:rsid w:val="00B26373"/>
+    <w:rsid w:val="00B47B03"/>
     <w:rsid w:val="00B75B37"/>
     <w:rsid w:val="00B810DC"/>
     <w:rsid w:val="00B86A89"/>
     <w:rsid w:val="00B9107B"/>
     <w:rsid w:val="00BA0643"/>
     <w:rsid w:val="00BA5091"/>
     <w:rsid w:val="00BC1632"/>
     <w:rsid w:val="00BF7E77"/>
     <w:rsid w:val="00C02FD8"/>
-    <w:rsid w:val="00C10BDB"/>
-    <w:rsid w:val="00C243DF"/>
     <w:rsid w:val="00C52540"/>
     <w:rsid w:val="00C529C8"/>
     <w:rsid w:val="00C54BB9"/>
     <w:rsid w:val="00C55FE4"/>
     <w:rsid w:val="00C822AA"/>
     <w:rsid w:val="00CC7E2A"/>
     <w:rsid w:val="00CE0988"/>
     <w:rsid w:val="00D33753"/>
     <w:rsid w:val="00D450E8"/>
-    <w:rsid w:val="00D73CBA"/>
+    <w:rsid w:val="00D515DF"/>
     <w:rsid w:val="00D915FE"/>
     <w:rsid w:val="00DB53C9"/>
     <w:rsid w:val="00DF0AAF"/>
-    <w:rsid w:val="00E0481F"/>
     <w:rsid w:val="00E35D0F"/>
-    <w:rsid w:val="00E546C4"/>
-    <w:rsid w:val="00E70B1A"/>
     <w:rsid w:val="00ED0926"/>
     <w:rsid w:val="00ED2BF5"/>
     <w:rsid w:val="00EE4DB1"/>
     <w:rsid w:val="00EE74F3"/>
-    <w:rsid w:val="00EF3A62"/>
+    <w:rsid w:val="00F001FD"/>
     <w:rsid w:val="00F25282"/>
-    <w:rsid w:val="00FB4218"/>
     <w:rsid w:val="00FF3C1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3590,50 +3869,80 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009A2BB4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00465C38"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00186401"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00186401"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="776800376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1186168318">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -3656,51 +3965,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1667200925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027394" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3959,69 +4268,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1360</Words>
-  <Characters>7757</Characters>
+  <Words>1261</Words>
+  <Characters>7190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9099</CharactersWithSpaces>
+  <CharactersWithSpaces>8435</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kausar04</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>